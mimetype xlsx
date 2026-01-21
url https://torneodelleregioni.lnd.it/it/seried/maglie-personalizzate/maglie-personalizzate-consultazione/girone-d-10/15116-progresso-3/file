--- v0 (2025-10-22)
+++ v1 (2026-01-21)
@@ -1,529 +1,775 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default ContentType="application/xml" Extension="xml"/>
-[...9 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-  <workbookPr/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <workbookPr date1904="1"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/81a44e98ca5e918f/Desktop/"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{7FA97A25-1DFC-4A54-B863-1D138DF0498F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <bookViews>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="500" xr2:uid="{2A4F3D2C-65FB-43D7-9C82-FEFBB24DD940}"/>
+  </bookViews>
   <sheets>
-    <sheet state="visible" name="MODULO MAGLIE 20-21" sheetId="1" r:id="rId4"/>
+    <sheet name="MODULO MAGLIE 20-21" sheetId="1" r:id="rId1"/>
   </sheets>
-  <definedNames/>
-  <calcPr/>
+  <calcPr calcId="191028" iterateDelta="1E-4"/>
   <extLst>
-    <ext uri="GoogleSheetsCustomDataVersion2">
-      <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId5" roundtripDataChecksum="cUmCzMiB9FkcJvsl5M9beG/R67JZl85eFHqXwD2o1bU="/>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="123" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="136" uniqueCount="66">
   <si>
     <t>LEGA NAZIONALE DILETTANTI - DIPARTIMENTO INTERREGIONALE</t>
   </si>
   <si>
     <t xml:space="preserve"> SQUADRA</t>
   </si>
   <si>
     <t>COGNOME</t>
   </si>
   <si>
     <t>NOME</t>
   </si>
   <si>
     <t>NUMERO</t>
   </si>
   <si>
     <t>NOME SU MAGLIA</t>
   </si>
   <si>
     <t>PROGRESSO CALCIO</t>
   </si>
   <si>
     <t>ROCCIA</t>
   </si>
   <si>
     <t>FEDERICO</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
+    <t>FINESSI</t>
+  </si>
+  <si>
+    <t>JACOPO</t>
+  </si>
+  <si>
+    <t>CESTARO</t>
+  </si>
+  <si>
+    <t>RICCARDO</t>
+  </si>
+  <si>
+    <t>CAVAZZA</t>
+  </si>
+  <si>
+    <t>LORENZO</t>
+  </si>
+  <si>
+    <t>ALESSANDRO</t>
+  </si>
+  <si>
+    <t>MALTONI</t>
+  </si>
+  <si>
+    <t>DANDINI</t>
+  </si>
+  <si>
+    <t>TOMMASO</t>
+  </si>
+  <si>
+    <t>GIACOMO</t>
+  </si>
+  <si>
+    <t>GELATI</t>
+  </si>
+  <si>
+    <t>GIANMARCO</t>
+  </si>
+  <si>
+    <t>SANSO'</t>
+  </si>
+  <si>
+    <t>ROBERTO</t>
+  </si>
+  <si>
+    <t>STELLACCI</t>
+  </si>
+  <si>
+    <t>ANTONIO PIO</t>
+  </si>
+  <si>
+    <t>MATTEO</t>
+  </si>
+  <si>
+    <t>GNANI</t>
+  </si>
+  <si>
+    <t>GABRIELE</t>
+  </si>
+  <si>
+    <t>MATTIA</t>
+  </si>
+  <si>
+    <t>MASCANZONI</t>
+  </si>
+  <si>
     <t xml:space="preserve">BARBARO </t>
   </si>
   <si>
-    <t>GIACOMO</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">BARBARO G. </t>
   </si>
   <si>
     <t>GIOVANE</t>
   </si>
   <si>
-    <t>LORENZO</t>
-[...7 lines deleted...]
-  <si>
     <t>BONETTI</t>
   </si>
   <si>
-    <t>MATTIA</t>
-[...1 lines deleted...]
-  <si>
     <t>BORTOLOTTI</t>
   </si>
   <si>
-    <t>GIANMARCO</t>
-[...4 lines deleted...]
-  <si>
     <t>SAMUEL</t>
   </si>
   <si>
-    <t>MASCANZONI</t>
-[...7 lines deleted...]
-  <si>
     <t>SAVERIO</t>
   </si>
   <si>
     <t>BARBARO S.</t>
   </si>
   <si>
     <t>ELMI</t>
   </si>
   <si>
-    <t>ALESSANDRO</t>
-[...5 lines deleted...]
-    <t>TOMMASO</t>
+    <t>CAVINI</t>
+  </si>
+  <si>
+    <t>DEL BIANCO</t>
+  </si>
+  <si>
+    <t>CALABRESE</t>
+  </si>
+  <si>
+    <t>ANTONIO</t>
+  </si>
+  <si>
+    <t>CORTESI</t>
+  </si>
+  <si>
+    <t>MACCHI</t>
+  </si>
+  <si>
+    <t>LEONARDO</t>
   </si>
   <si>
     <t>DANDINI T.</t>
   </si>
   <si>
-    <t>CAVINI</t>
-[...46 lines deleted...]
-  <si>
     <t>DANDINI A.</t>
   </si>
   <si>
     <t>SANTONI</t>
   </si>
   <si>
     <t>NICHOLAS</t>
   </si>
   <si>
-    <t>STELLACCI</t>
-[...2 lines deleted...]
-    <t>ANTONIO PIO</t>
+    <t>MEZZADRI</t>
+  </si>
+  <si>
+    <t>PIETRO</t>
   </si>
   <si>
     <t>MEZZADRI MAJANI</t>
   </si>
   <si>
-    <t>PIETRO</t>
-[...10 lines deleted...]
-  <si>
     <t>KOLA</t>
   </si>
   <si>
     <t>DAVID</t>
   </si>
   <si>
-    <t>ODALO</t>
-[...2 lines deleted...]
-    <t>GIOVANNI</t>
+    <t>BELCASTRO</t>
+  </si>
+  <si>
+    <t>LUCA</t>
+  </si>
+  <si>
+    <t>MASCOLO</t>
+  </si>
+  <si>
+    <t>NICOLA</t>
+  </si>
+  <si>
+    <t>LUCANTONIO</t>
+  </si>
+  <si>
+    <t>MINELLI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MASCOLO L. </t>
+  </si>
+  <si>
+    <t>CATALDI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-  <fonts count="10">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="8">
     <font>
-      <sz val="10.0"/>
-[...2 lines deleted...]
-      <scheme val="minor"/>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
     </font>
     <font>
-      <sz val="10.0"/>
+      <sz val="10"/>
+      <color indexed="8"/>
+      <name val="Helvetica Neue"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color indexed="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color indexed="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color indexed="8"/>
+      <name val="Helvetica Neue"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Helvetica Neue"/>
     </font>
     <font>
-      <b/>
-[...12 lines deleted...]
-      <sz val="9.0"/>
+      <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Helvetica Neue"/>
     </font>
     <font>
-      <sz val="11.0"/>
-      <color rgb="FF000000"/>
+      <sz val="12"/>
+      <color indexed="8"/>
       <name val="Helvetica Neue"/>
-    </font>
-[...14 lines deleted...]
-      <name val="Helvetica Neue"/>
+      <charset val="1"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="lightGray"/>
+      <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFDEE6EF"/>
-        <bgColor rgb="FFDEE6EF"/>
+        <fgColor indexed="27"/>
+        <bgColor indexed="41"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFB4C7DC"/>
-        <bgColor rgb="FFB4C7DC"/>
+        <fgColor indexed="22"/>
+        <bgColor indexed="31"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="5">
-    <border/>
+  <borders count="3">
     <border>
       <left/>
+      <right/>
       <top/>
       <bottom/>
-    </border>
-[...2 lines deleted...]
-      <bottom/>
+      <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color rgb="FF000000"/>
+        <color indexed="8"/>
       </left>
       <right style="thin">
-        <color rgb="FF000000"/>
+        <color indexed="8"/>
       </right>
       <top style="thin">
-        <color rgb="FF000000"/>
+        <color indexed="8"/>
       </top>
       <bottom style="thin">
-        <color rgb="FF000000"/>
+        <color indexed="8"/>
       </bottom>
+      <diagonal/>
     </border>
     <border>
       <left style="hair">
-        <color rgb="FF000000"/>
+        <color indexed="8"/>
       </left>
       <right style="hair">
-        <color rgb="FF000000"/>
+        <color indexed="8"/>
       </right>
       <top style="hair">
-        <color rgb="FF000000"/>
+        <color indexed="8"/>
       </top>
       <bottom style="hair">
-        <color rgb="FF000000"/>
+        <color indexed="8"/>
       </bottom>
+      <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
-    <xf borderId="0" fillId="0" fontId="0" numFmtId="0" applyAlignment="1" applyFont="1"/>
+  <cellStyleXfs count="2">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
   </cellStyleXfs>
-  <cellXfs count="19">
-[...1 lines deleted...]
-      <alignment readingOrder="0" shrinkToFit="0" vertical="bottom" wrapText="0"/>
+  <cellXfs count="17">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf borderId="0" fillId="0" fontId="1" numFmtId="0" xfId="0" applyAlignment="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="top" wrapText="1"/>
+    <xf numFmtId="49" fontId="2" fillId="3" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf borderId="1" fillId="2" fontId="2" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFill="1" applyFont="1">
-      <alignment horizontal="center" shrinkToFit="0" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf borderId="2" fillId="0" fontId="3" numFmtId="0" xfId="0" applyBorder="1" applyFont="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="center" shrinkToFit="0" vertical="top" wrapText="1"/>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf borderId="4" fillId="3" fontId="2" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment horizontal="center" shrinkToFit="0" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf borderId="3" fillId="0" fontId="4" numFmtId="49" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1">
-      <alignment horizontal="center" shrinkToFit="0" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="1" applyFill="1" applyBorder="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf borderId="3" fillId="2" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf borderId="3" fillId="2" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="1" applyBorder="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf borderId="4" fillId="2" fontId="7" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf borderId="3" fillId="0" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf borderId="3" fillId="0" fontId="6" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf borderId="4" fillId="0" fontId="7" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf borderId="3" fillId="2" fontId="5" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf borderId="4" fillId="0" fontId="8" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf borderId="4" fillId="2" fontId="8" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-      <alignment shrinkToFit="0" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf borderId="4" fillId="0" fontId="9" numFmtId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1">
-[...6 lines deleted...]
-      <alignment shrinkToFit="0" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="1">
-    <cellStyle xfId="0" name="Normal" builtinId="0"/>
+  <cellStyles count="2">
+    <cellStyle name="Excel Built-in Normal" xfId="1" xr:uid="{37F09A6A-E143-46C0-B7B3-7393381021BB}"/>
+    <cellStyle name="Normale" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <indexedColors>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008000"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00808000"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="00B4C7DC"/>
+      <rgbColor rgb="00808080"/>
+      <rgbColor rgb="009999FF"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00FFFFCC"/>
+      <rgbColor rgb="00DEE6EF"/>
+      <rgbColor rgb="00660066"/>
+      <rgbColor rgb="00FF8080"/>
+      <rgbColor rgb="000066CC"/>
+      <rgbColor rgb="00CCCCFF"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="0000CCFF"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00CCFFCC"/>
+      <rgbColor rgb="00FFFF99"/>
+      <rgbColor rgb="0099CCFF"/>
+      <rgbColor rgb="00FF99CC"/>
+      <rgbColor rgb="00CC99FF"/>
+      <rgbColor rgb="00FFCC99"/>
+      <rgbColor rgb="003366FF"/>
+      <rgbColor rgb="0033CCCC"/>
+      <rgbColor rgb="0099CC00"/>
+      <rgbColor rgb="00FFCC00"/>
+      <rgbColor rgb="00FF9900"/>
+      <rgbColor rgb="00FF6600"/>
+      <rgbColor rgb="00666699"/>
+      <rgbColor rgb="00969696"/>
+      <rgbColor rgb="00003366"/>
+      <rgbColor rgb="00339966"/>
+      <rgbColor rgb="00003300"/>
+      <rgbColor rgb="00333300"/>
+      <rgbColor rgb="00993300"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00333399"/>
+      <rgbColor rgb="00333333"/>
+    </indexedColors>
+  </colors>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://customschemas.google.com/relationships/workbookmetadata" Target="metadata"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:x3Unk="http://schemas.microsoft.com/office/drawing/2010/slicer" xmlns:sle15="http://schemas.microsoft.com/office/drawing/2012/slicer">
-  <xdr:oneCellAnchor>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>295275</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="666750" cy="723900"/>
+    <xdr:to>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>962025</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>114300</xdr:rowOff>
+    </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="0" name="image1.png"/>
-        <xdr:cNvPicPr preferRelativeResize="0"/>
+        <xdr:cNvPr id="1025" name="Immagine 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E8F656F-2A28-3B5A-80FA-3FF3B437E6BB}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip cstate="print" r:embed="rId1"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
-      <xdr:spPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="2819400" y="400050"/>
+          <a:ext cx="666750" cy="723900"/>
+        </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:blipFill dpi="0" rotWithShape="0">
+                <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+                <a:srcRect/>
+                <a:stretch>
+                  <a:fillRect/>
+                </a:stretch>
+              </a:blipFill>
+            </a14:hiddenFill>
+          </a:ext>
+          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525" cap="flat">
+              <a:solidFill>
+                <a:srgbClr val="808080"/>
+              </a:solidFill>
+              <a:round/>
+              <a:headEnd/>
+              <a:tailEnd/>
+            </a14:hiddenLine>
+          </a:ext>
+          <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+            <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:effectLst>
+                <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                  <a:srgbClr val="808080"/>
+                </a:outerShdw>
+              </a:effectLst>
+            </a14:hiddenEffects>
+          </a:ext>
+        </a:extLst>
       </xdr:spPr>
     </xdr:pic>
-    <xdr:clientData fLocksWithSheet="0"/>
-  </xdr:oneCellAnchor>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Sheets">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Sheets">
+    <a:clrScheme name="Office">
       <a:dk1>
-        <a:srgbClr val="000000"/>
+        <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:srgbClr val="FFFFFF"/>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="000000"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="FFFFFF"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Sheets">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-        <a:cs typeface="Calibri"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
-[...1 lines deleted...]
-        <a:cs typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -620,28352 +866,839 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
+  <a:objectDefaults>
+    <a:spDef>
+      <a:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1" cy="1"/>
+        </a:xfrm>
+        <a:custGeom>
+          <a:avLst/>
+          <a:gdLst/>
+          <a:ahLst/>
+          <a:cxnLst/>
+          <a:rect l="0" t="0" r="0" b="0"/>
+          <a:pathLst/>
+        </a:custGeom>
+        <a:solidFill>
+          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="090000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="9"/>
+        </a:solidFill>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="400000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:round/>
+          <a:headEnd type="none" w="med" len="med"/>
+          <a:tailEnd type="none" w="med" len="med"/>
+        </a:ln>
+        <a:effectLst/>
+        <a:extLst>
+          <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+            <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:effectLst>
+                <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                  <a:srgbClr val="808080"/>
+                </a:outerShdw>
+              </a:effectLst>
+            </a14:hiddenEffects>
+          </a:ext>
+        </a:extLst>
+      </a:spPr>
+      <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
+      <a:lstStyle/>
+    </a:spDef>
+    <a:lnDef>
+      <a:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="1" cy="1"/>
+        </a:xfrm>
+        <a:custGeom>
+          <a:avLst/>
+          <a:gdLst/>
+          <a:ahLst/>
+          <a:cxnLst/>
+          <a:rect l="0" t="0" r="0" b="0"/>
+          <a:pathLst/>
+        </a:custGeom>
+        <a:solidFill>
+          <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="090000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="9"/>
+        </a:solidFill>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="400000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:round/>
+          <a:headEnd type="none" w="med" len="med"/>
+          <a:tailEnd type="none" w="med" len="med"/>
+        </a:ln>
+        <a:effectLst/>
+        <a:extLst>
+          <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
+            <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:effectLst>
+                <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+                  <a:srgbClr val="808080"/>
+                </a:outerShdw>
+              </a:effectLst>
+            </a14:hiddenEffects>
+          </a:ext>
+        </a:extLst>
+      </a:spPr>
+      <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
+      <a:lstStyle/>
+    </a:lnDef>
+  </a:objectDefaults>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-[...2 lines deleted...]
-  </sheetPr>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{76EEE7DB-FC91-4039-B048-04875C6224A9}">
+  <dimension ref="A2:E44"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView tabSelected="1" topLeftCell="A29" workbookViewId="0">
+      <selection activeCell="J36" sqref="J36"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr customHeight="1" defaultColWidth="14.43" defaultRowHeight="15.0"/>
+  <sheetFormatPr defaultColWidth="11.5546875" defaultRowHeight="13.2"/>
   <cols>
-    <col customWidth="1" min="1" max="1" width="18.14"/>
-[...4 lines deleted...]
-    <col customWidth="1" min="6" max="26" width="11.57"/>
+    <col min="1" max="1" width="18.109375" style="1" customWidth="1"/>
+    <col min="2" max="2" width="19.6640625" style="1" customWidth="1"/>
+    <col min="3" max="3" width="22.109375" style="1" customWidth="1"/>
+    <col min="4" max="4" width="11.5546875" style="1"/>
+    <col min="5" max="5" width="21.5546875" style="1" customWidth="1"/>
+    <col min="6" max="16384" width="11.5546875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="12.75" customHeight="1">
-[...28 lines deleted...]
-      <c r="A2" s="2" t="s">
+    <row r="2" spans="1:5" ht="15.75" customHeight="1">
+      <c r="A2" s="15" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="3"/>
-[...143 lines deleted...]
-      <c r="A8" s="4" t="s">
+      <c r="B2" s="15"/>
+      <c r="C2" s="15"/>
+      <c r="D2" s="15"/>
+      <c r="E2" s="15"/>
+    </row>
+    <row r="3" spans="1:5">
+      <c r="A3" s="16"/>
+      <c r="B3" s="16"/>
+      <c r="C3" s="16"/>
+      <c r="D3" s="16"/>
+      <c r="E3" s="16"/>
+    </row>
+    <row r="4" spans="1:5">
+      <c r="A4" s="16"/>
+      <c r="B4" s="16"/>
+      <c r="C4" s="16"/>
+      <c r="D4" s="16"/>
+      <c r="E4" s="16"/>
+    </row>
+    <row r="5" spans="1:5">
+      <c r="A5" s="16"/>
+      <c r="B5" s="16"/>
+      <c r="C5" s="16"/>
+      <c r="D5" s="16"/>
+      <c r="E5" s="16"/>
+    </row>
+    <row r="6" spans="1:5">
+      <c r="A6" s="16"/>
+      <c r="B6" s="16"/>
+      <c r="C6" s="16"/>
+      <c r="D6" s="16"/>
+      <c r="E6" s="16"/>
+    </row>
+    <row r="7" spans="1:5">
+      <c r="A7" s="16"/>
+      <c r="B7" s="16"/>
+      <c r="C7" s="16"/>
+      <c r="D7" s="16"/>
+      <c r="E7" s="16"/>
+    </row>
+    <row r="8" spans="1:5" ht="19.95" customHeight="1">
+      <c r="A8" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B8" s="4" t="s">
+      <c r="B8" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="C8" s="4" t="s">
+      <c r="C8" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="D8" s="4" t="s">
+      <c r="D8" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="E8" s="5" t="s">
+      <c r="E8" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="F8" s="1"/>
-[...25 lines deleted...]
-      <c r="B9" s="6" t="s">
+    </row>
+    <row r="9" spans="1:5" ht="19.95" customHeight="1">
+      <c r="A9" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B9" s="4" t="s">
         <v>7</v>
       </c>
-      <c r="C9" s="6" t="s">
+      <c r="C9" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="D9" s="6" t="s">
+      <c r="D9" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E9" s="6" t="s">
+      <c r="E9" s="4" t="s">
         <v>7</v>
       </c>
-      <c r="F9" s="1"/>
-[...25 lines deleted...]
-      <c r="B10" s="8" t="s">
+    </row>
+    <row r="10" spans="1:5" ht="19.95" customHeight="1">
+      <c r="A10" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="B10" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C10" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" s="5">
+        <v>2</v>
+      </c>
+      <c r="E10" s="10" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" ht="19.95" customHeight="1">
+      <c r="A11" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="B11" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="C11" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="D11" s="7">
+        <v>4</v>
+      </c>
+      <c r="E11" s="11" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" ht="19.95" customHeight="1">
+      <c r="A12" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="B12" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="C12" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" s="5">
+        <v>5</v>
+      </c>
+      <c r="E12" s="10" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" ht="19.95" customHeight="1">
+      <c r="A13" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="B13" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C13" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="D13" s="7">
+        <v>6</v>
+      </c>
+      <c r="E13" s="12" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" ht="19.95" customHeight="1">
+      <c r="A14" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="B14" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="D14" s="5">
+        <v>7</v>
+      </c>
+      <c r="E14" s="10" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" ht="19.95" customHeight="1">
+      <c r="A15" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="B15" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="C15" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D15" s="7">
+        <v>8</v>
+      </c>
+      <c r="E15" s="11" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" ht="19.95" customHeight="1">
+      <c r="A16" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="B16" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C16" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D16" s="5">
+        <v>9</v>
+      </c>
+      <c r="E16" s="10" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" ht="19.95" customHeight="1">
+      <c r="A17" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="B17" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="C10" s="8" t="s">
+      <c r="C17" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="D10" s="8">
-[...2 lines deleted...]
-      <c r="E10" s="9" t="s">
+      <c r="D17" s="7">
+        <v>10</v>
+      </c>
+      <c r="E17" s="11" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" ht="19.95" customHeight="1">
+      <c r="A18" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="B18" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C18" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="D18" s="5">
+        <v>11</v>
+      </c>
+      <c r="E18" s="10" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" ht="19.95" customHeight="1">
+      <c r="A19" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="B19" s="7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C19" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D19" s="7">
         <v>12</v>
       </c>
-      <c r="F10" s="1"/>
-[...25 lines deleted...]
-      <c r="B11" s="11" t="s">
+      <c r="E19" s="11" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" ht="19.95" customHeight="1">
+      <c r="A20" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="B20" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="C20" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="D20" s="5">
         <v>13</v>
       </c>
-      <c r="C11" s="11" t="s">
+      <c r="E20" s="10" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" ht="19.95" customHeight="1">
+      <c r="A21" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="B21" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C21" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="D21" s="7">
         <v>14</v>
       </c>
-      <c r="D11" s="11">
-[...2 lines deleted...]
-      <c r="E11" s="12" t="s">
+      <c r="E21" s="11" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" ht="19.95" customHeight="1">
+      <c r="A22" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="B22" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="C22" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D22" s="5">
+        <v>16</v>
+      </c>
+      <c r="E22" s="10" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" ht="19.95" customHeight="1">
+      <c r="A23" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="B23" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C23" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="D23" s="7">
+        <v>17</v>
+      </c>
+      <c r="E23" s="11" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" ht="19.95" customHeight="1">
+      <c r="A24" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="B24" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C24" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D24" s="5">
+        <v>18</v>
+      </c>
+      <c r="E24" s="10" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" ht="19.95" customHeight="1">
+      <c r="A25" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="B25" s="7"/>
+      <c r="C25" s="7"/>
+      <c r="D25" s="7">
+        <v>19</v>
+      </c>
+      <c r="E25" s="11"/>
+    </row>
+    <row r="26" spans="1:5" ht="19.95" customHeight="1">
+      <c r="A26" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="B26" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C26" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D26" s="5">
+        <v>20</v>
+      </c>
+      <c r="E26" s="10" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" ht="19.95" customHeight="1">
+      <c r="A27" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="B27" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="C27" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="D27" s="7">
+        <v>21</v>
+      </c>
+      <c r="E27" s="11" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" ht="19.95" customHeight="1">
+      <c r="A28" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="B28" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C28" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="D28" s="5">
+        <v>22</v>
+      </c>
+      <c r="E28" s="10" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" ht="19.95" customHeight="1">
+      <c r="A29" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="B29" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="C29" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="D29" s="7">
+        <v>23</v>
+      </c>
+      <c r="E29" s="11" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" ht="19.95" customHeight="1">
+      <c r="A30" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="B30" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C30" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D30" s="5">
+        <v>24</v>
+      </c>
+      <c r="E30" s="10" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" ht="19.95" customHeight="1">
+      <c r="A31" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="B31" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="C31" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D31" s="7">
+        <v>25</v>
+      </c>
+      <c r="E31" s="11" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" ht="19.95" customHeight="1">
+      <c r="A32" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="B32" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C32" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D32" s="5">
+        <v>26</v>
+      </c>
+      <c r="E32" s="10" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" ht="19.95" customHeight="1">
+      <c r="A33" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="B33" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C33" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="D33" s="7">
+        <v>27</v>
+      </c>
+      <c r="E33" s="11" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" ht="19.95" customHeight="1">
+      <c r="A34" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="B34" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C34" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D34" s="5">
+        <v>28</v>
+      </c>
+      <c r="E34" s="10" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" ht="19.95" customHeight="1">
+      <c r="A35" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="B35" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="C35" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="D35" s="7">
+        <v>29</v>
+      </c>
+      <c r="E35" s="8" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" ht="19.95" customHeight="1">
+      <c r="A36" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="B36" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="C36" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="D36" s="5">
+        <v>30</v>
+      </c>
+      <c r="E36" s="6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" ht="19.95" customHeight="1">
+      <c r="A37" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="B37" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C37" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="F11" s="1"/>
-[...25 lines deleted...]
-      <c r="B12" s="8" t="s">
+      <c r="D37" s="7">
         <v>15</v>
       </c>
-      <c r="C12" s="8" t="s">
-[...303 lines deleted...]
-      <c r="C20" s="8" t="s">
+      <c r="E37" s="8" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" ht="19.95" customHeight="1">
+      <c r="A38" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="B38" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="C38" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D38" s="5">
         <v>31</v>
       </c>
-      <c r="D20" s="8">
-[...2 lines deleted...]
-      <c r="E20" s="9" t="s">
+      <c r="E38" s="6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" ht="19.95" customHeight="1">
+      <c r="A39" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="B39" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C39" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="D39" s="7">
+        <v>3</v>
+      </c>
+      <c r="E39" s="8" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" ht="19.95" customHeight="1">
+      <c r="A40" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="B40" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C40" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="D40" s="7">
         <v>32</v>
       </c>
-      <c r="F20" s="1"/>
-[...595 lines deleted...]
-      <c r="B36" s="8" t="s">
+      <c r="E40" s="11" t="s">
         <v>59</v>
       </c>
-      <c r="C36" s="8" t="s">
-[...27030 lines deleted...]
-      <c r="Z1000" s="1"/>
+    </row>
+    <row r="41" spans="1:5" ht="19.95" customHeight="1">
+      <c r="A41" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="B41" s="5"/>
+      <c r="C41" s="5"/>
+      <c r="D41" s="5"/>
+      <c r="E41" s="10"/>
+    </row>
+    <row r="42" spans="1:5" ht="19.95" customHeight="1">
+      <c r="A42" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="B42" s="7"/>
+      <c r="C42" s="7"/>
+      <c r="D42" s="7"/>
+      <c r="E42" s="11"/>
+    </row>
+    <row r="43" spans="1:5" ht="19.95" customHeight="1">
+      <c r="A43" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="B43" s="5"/>
+      <c r="C43" s="5"/>
+      <c r="D43" s="5"/>
+      <c r="E43" s="10"/>
+    </row>
+    <row r="44" spans="1:5" ht="19.95" customHeight="1">
+      <c r="A44" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="B44" s="7"/>
+      <c r="C44" s="7"/>
+      <c r="D44" s="7"/>
+      <c r="E44" s="11"/>
     </row>
   </sheetData>
+  <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
   <mergeCells count="3">
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:D7"/>
     <mergeCell ref="E3:E7"/>
   </mergeCells>
-  <printOptions/>
-[...4 lines deleted...]
-    <oddFooter>&amp;CPagina &amp;P</oddFooter>
+  <pageMargins left="0.54027777777777775" right="0.28819444444444442" top="1.0527777777777778" bottom="1.0527777777777778" header="0.78749999999999998" footer="0.78749999999999998"/>
+  <pageSetup paperSize="9" firstPageNumber="0" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
+  <headerFooter alignWithMargins="0">
+    <oddHeader>&amp;C&amp;"Times New Roman,Standard"&amp;12&amp;A</oddHeader>
+    <oddFooter>&amp;C&amp;"Times New Roman,Standard"&amp;12Pagina &amp;P</oddFooter>
   </headerFooter>
-  <drawing r:id="rId1"/>
+  <drawing r:id="rId2"/>
 </worksheet>
+</file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Fogli di lavoro</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>MODULO MAGLIE 20-21</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <Manager/>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Annalaura Degli Esposti</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dc:creator>Annalaura Degli Esposti</dc:creator>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>